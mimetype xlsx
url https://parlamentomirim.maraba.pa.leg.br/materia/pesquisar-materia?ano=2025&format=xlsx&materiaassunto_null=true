--- v0 (2025-10-20)
+++ v1 (2026-02-08)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1456" uniqueCount="748">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -648,66 +648,1656 @@
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Anna Isa Modesto de Carvalho</t>
   </si>
   <si>
     <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/398/req_55_-_anna_isa.pdf</t>
   </si>
   <si>
     <t>Melhoria do ensino nas escolas públicas de Marabá-PA.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/399/req_56_-_anna_isa.pdf</t>
   </si>
   <si>
     <t>Mais investimentos em eventos culturais no município de Marabá-PA.</t>
   </si>
   <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/401/anna_isa_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Melhoria do saneamento básico em bairros de Marabá, principalmente no bairro Liberdade.</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/402/anna_isa_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Transportes coletivos acessíveis para pessoas com deficiência na cidade de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/403/esther_rodrigues_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Instituição da Semana Municipal de Conscientização Ambiental.</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/404/esther_rodrigues_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Rampas, piso tátil e sinalização para pessoas com deficiência na cidade de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/405/maria_sophia_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Implantação do “Dia Municipal dos Rios” com ações de conscientização nas escolas de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/406/maria_sophia_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de recursos de acessibilidade em teatros, cinemas e museus de Marabá de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/407/marine_laura_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um museu com esculturas e brinquedos feitos de materiais recicláveis na cidade de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/408/marine_laura_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Escolas mais acessíveis para pessoas com deficiência física e visual.</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/409/arthur_francis_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Brinquedos sensoriais e inclusivos para alunos com deficiência - escola Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/410/arthur_francis_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Realização de uma oficina sobre biodiversidade de ecossistemas - escola Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/411/iasmym_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Realização de uma palestra sobre o consumo consciente da água - Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/412/iasmym_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Instalação piso tátil ou sensorial - escola Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/413/luysa_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma horta - escola Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/414/luysa_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Desenhos da natureza e animais do nosso estado nas paredes da quadra de esportes - escola Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/416/thaylla_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de um espaço fotobraile – escola Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/417/thaylla_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Visita no parque zoobotânico de Marabá - escola Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/418/herique_bismak_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Divulgação do Projeto Construindo um Futuro Sustentável – Escola   Doralice – Belo Horizonte- Marabá.</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/419/herique_bismak_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de equipamentos de Comunicação por Imagem para escola Doralice – Belo Horizonte- Marabá.</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/420/malu_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Plantio de mudas frutíferas na escola - Escola Doralice –  Belo Horizonte- Marabá.</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/421/malu_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Mapeamento e implantação de espaços com acessibilidade, na escola Doralice –  Belo Horizonte- Marabá.</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/422/millena_de_almeida_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Projeto Infografia.</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/423/millena_de_almeida_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Promover a acessibilidade e inclusão na sala de leitura.</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/424/sarah_karoline_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de um Programa de Reflorestamento nas Escolas de Marabá.</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/425/sarah_karoline_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Construção de Salas de Recursos Multifuncionais na escola Doralice – Belo Horizonte- Marabá.</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/426/carla_maynne_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Campanhas educativas permanentes, em escolas, comunidades, mídia local, para mostrar os riscos à saúde, meio ambiente, segurança, dos males das queimadas.</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/427/emanuelly_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de lixeiras ecológicas.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/428/pedro_leal_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Criação de parques verde em Marabá.</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/429/samella_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Arborização da cidade de Marabá.</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/430/carla_maynne_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Palestras e oficinas de LIBRAS para alunos da rede pública de Marabá.</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/431/emanuelly_silva_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Parques com brinquedos adaptados para crianças com deficiência em Marabá.</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/432/pedro_leal_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de profissionais especializados nas escolas municipais para atendimento a alunos PCD, com dificuldades de aprendizagem e transtornos globais do desenvolvimento, incluindo acompanhamento às famílias.</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/433/samella_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Um mobiliário especial para a aluna Ana Valentina.</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/434/joao_miguel_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Projeto Compreendendo o Aquecimento Global nas Escolas Públicas.</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/435/lunna_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>“Verde na Escola: Cultivando Saberes e Sustentabilidade”.</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/436/pedro_caixeta_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>“Reciclando o futuro: Lixo Zero nas Escolas Públicas”.</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>Projeto: “O clima em nossas mãos”.</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/438/joao_miguel_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Implementação da Tecnologia Assistiva nas Escolas Públicas.</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/439/lunna_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Implementar o ensino da Língua Brasileira de Sinais nas Escolas Públicas - Libras.</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/440/pedro_caixeta_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Construindo a acessibilidade do 1º ao 5º ano nas Escolas Públicas.</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>“Pequenos Atos, Grande Inclusão: Construindo Uma Escola Mais Amiga e Acessível”.</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>Palestras e Ações para Conscientização do Meio Ambiente junto à Comunidade Local.</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Vandersson Ribeiro Gondim</t>
+  </si>
+  <si>
+    <t>Criar Oficinas de Práticas Recicláveis com Alunos.</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Marcos Vinícius Barros da Silva</t>
+  </si>
+  <si>
+    <t>Implementação de Cursos Lucrativos com Materiais Recicláveis para a Comunidade do Bairro Infraero.</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>Jonata Kaleb Santos Silva</t>
+  </si>
+  <si>
+    <t>Entrega de Mudas de Árvores para Plantação na Comunidade Infraero.</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>Requerimento de Estagiárias para Acompanhamento de Alunos com Deficiência sem Laudo Oficial.</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>Requerimento de Capacitação para Funcionários sobre Inclusão de Alunos com Deficiência, Atualizações de Leis e Nomenclatura.</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>Solicitação de Materiais Didáticos Adequados para Alunos com Deficiência (PCD).</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>Capacitação de Profissionais da Saúde sobre Como Lidar com Crises de Alunos com Transtorno do Espectro Autista (TEA), para os funcionários da escola.</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>Ana Carolina Pereira Conceição</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/450/ana_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de plantio de árvores na Vila São José, com prioridade para os arredores da Escola São José.</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/451/carlos_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de instalação de coletores seletivos de lixo na Escola São José.</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Sophia Arrais Liberato</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/452/sophia_arrais_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Construção de bancos ao redor das árvores existentes na escola São José.</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/453/sophia_vera_-_req_3.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de uma Horta Escolar na Escola São José.</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/454/arthur_requerimento_direito.docx</t>
+  </si>
+  <si>
+    <t>Aula sobre primeiros socorros pelos profissionais da saúde - escola Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/455/arthur_requerimento_saude.docx</t>
+  </si>
+  <si>
+    <t>Rodas de conversas com psicólogas com foco nas relações pessoais e interpessoais.</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/456/palestras_nas_escolas_-_iasmym_raielly.pdf</t>
+  </si>
+  <si>
+    <t>Palestra sobre a Lei Maria da Penha nas escolas.</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/457/oficina_sobre_higienizacao_-_iasmym_raielly.pdf</t>
+  </si>
+  <si>
+    <t>Realização de uma oficina sobre higienização saúde bocal com doações de escovas e pastas - Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/458/kit_portatil_-_luysa_vallentina.pdf</t>
+  </si>
+  <si>
+    <t>Kit portátil de primeiros socorros.</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/459/patestra_sobre_direito_da_mulher_-_luysa_vallentina.pdf</t>
+  </si>
+  <si>
+    <t>Realização de uma palestra com uma especialista sobre o direito da Mulher na escola Basílio Miguel – bairro Amapá.</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/460/thailla_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Palestra e vacinação HPV para toda comunidade do bairro Amapá – utilizando escola Basílio Miguel como local de vacinação.</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/461/aumento_de_viaturas_-_anna_isa.pdf</t>
+  </si>
+  <si>
+    <t>Aumento do número de viaturas e da equipe da Patrulha Maria da Penha e da Delegacia da Mulher nas ruas da cidade de Marabá – PA.</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/462/criacao_de_hospital_-_anna_isa.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um Hospital da Mulher na cidade de Marabá – PA.</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/463/esther_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Criação do projeto “Outubro Rosa o Ano Todo”, com o objetivo de manter, durante todo o ano, ações de prevenção e informação sobre o câncer de mama na cidade de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/464/esther_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Criação do projeto “Mulher em Foco”, com ações culturais e educativas que valorizem as mulheres e fortaleçam seus direitos na cidade de Marabá.</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/465/palestras_educativas_sobre_machismo_-_maria_sophia.pdf</t>
+  </si>
+  <si>
+    <t>Criação de campanhas e palestras educativas nas escolas de Marabá sobre o combate ao machismo, ao preconceito e a valorização das mulheres.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/466/campanhas_educativas-_maria_sophia.pdf</t>
+  </si>
+  <si>
+    <t>Realização de campanhas educativas e de apoio às mulheres que enfrentam o câncer de mama.</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/467/espaco_de_acolhimento_-_marine_laura.pdf</t>
+  </si>
+  <si>
+    <t>Espaço de acolhimento para mulheres que passam por separação na cidade de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/468/instalacao_de_upas_-_mariane_laura.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de UPAs com equipamentos e médicos especializados para tratar o câncer de mama na cidade de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/469/herique_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Fornecimento de pessoal e material para ministrar oficinas.</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/470/herique_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Educação Emocional.</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/471/modelo_de_requerimento_ii_milena_auto_cuidado.docx</t>
+  </si>
+  <si>
+    <t>Saúde mental e Bem-Estar.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/472/modelo_de_requerimento_milena_pronto.docx</t>
+  </si>
+  <si>
+    <t>Saúde física , mental e o bem estar das mulheres.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/473/malu_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Atendimento especializado em Saúde Mental para alunos e profissionais da educação.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/474/malu_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Políticas de proteção e educação à mulher.</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/475/sarah_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Promoção de ações e campanhas voltadas ao alto cuidado e a valorização dos profissionais da saúde.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/476/sarah_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Criação de ações de Programas voltados a Proteção e Empoderamente da Mulher no âmbito municipal.</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/477/grupo_de_apoio_-_carla_maynne.pdf</t>
+  </si>
+  <si>
+    <t>Criação de grupos de apoio na fl 34-Nova Marabá.</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/478/patestras_-_carla_maynne.pdf</t>
+  </si>
+  <si>
+    <t>Palestras de conscientização e respeito sobre direitos da mulher direcionado para o público masculino.</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/479/oficina-_emanuelly.pdf</t>
+  </si>
+  <si>
+    <t>Oficina de Primeiros Socorros e Prevenção de Acidentes na Emef Francisca de Oliveira Lima.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/480/espaco_acolhimento_-_emanuelly.pdf</t>
+  </si>
+  <si>
+    <t>Criação de Espaços de Acolhimento para Mulheres em Situação de Rua.</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/481/pedro_leal_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de Plantão Psicológico para Professores da rede pública de Marabá.</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/482/pedro_leal_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Criação de Grupo de Apoio à Saúde Mental da Mulher.</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/483/samella_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Promoção de Ciclos de Roda de Conversa sobre Saúde Integral e Bem-Estar Comunitário na Emef Francisca de Oliveira Lima.</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/484/samella_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Criação de Projetos Esportivos para as alunas da Emef Francisca de Oliveira Lima.</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/485/joao_miguel_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Educação sobre Direitos da Mulher.</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/486/joao_miguel_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Campanha de Intensificação da Cobertura Vacinal nas Escolas Públicas.</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/487/lunna_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Teatro nas Escolar Municipais sobre o Protagonismo Feminino.</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/488/lunna_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Projeto “Meu Corpo, Minha Vida: Conversas sobre Saúde Feminina na Escola”.</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/489/pedro_caixeta_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Conscientização sobre Violência contra a Mulher.</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/490/pedro_caixeta_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>“Cantos da Calma” e oficinas de gerenciamento emocional nas Escolas Municipais para promover a saúde mental dos alunos.</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/491/victoria_mariah_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Feira de Empreendedorismo Feminino.</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/492/victoria_mariah_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Programa Lúdico de Higiene Bucal.</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/493/roda_de_conversa_com_psicologas_-_sarah_.pdf</t>
+  </si>
+  <si>
+    <t>Rodas de Conversa com Psicólogas na Escola São Francisco, direcionada especialmente para as Mulheres da Comunidade e da Escola.</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/494/implantacao_de_upa_-_sarah_.pdf</t>
+  </si>
+  <si>
+    <t>Implantação De Uma Unidade De Pronto Atendimento (Upa) No Bairro Aeroporto.</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/495/cursos_de_autocuidado_-_vanderson.pdf</t>
+  </si>
+  <si>
+    <t>Cursos de Autocuidado e Automaquiagem com Certificado para a Comunidade Local.</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/496/vanderson_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Implementação De Uma Clínica Especializada Em Saúde Mental Para Pessoas Com Necessidade De Acompanhamento Psicológico.</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/497/marcos_-_req_5.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Cursos de Empregabilidade e Empoderamento Feminino para Mulheres da Comunidade.</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/498/marcos_-_req_6.pdf</t>
+  </si>
+  <si>
+    <t>Implantação De Um Posto De Saúde No Bairro Aeroporto E Entorno.</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>Implementação de Casa de Apoio para Mulheres em Situação de Violência na Comunidade do Bairro Aeroporto.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>Atendimento Odontológico E Oftalmológico Para Os Alunos Da Escola São Francisco.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/501/ana_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um núcleo especializado de atenção às mulheres vítimas de violência doméstica para atender a Vila São José e outras localidades da Zona Rural.</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/502/carlos_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de um Centro de Saúde especializado em atendimento as mulheres na Vila São José para garantir maiores condições tratamento.</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/503/sophia_vera_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Implementação de Apoio À Ação de Combate à Violência contra a Mulher que já acontece há mais de três anos na Escola São José - Realizado em alusão ao Dia Internacional da Mulher.</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/504/sophia_arrais_-_req_4.pdf</t>
+  </si>
+  <si>
+    <t>Criação do Projeto Roda Livre - Roda de conversas com apoio de psicólogo para o diálogo e interações de pessoas que tenham passado por situações de violência e traumáticas.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/507/dia_municipal_de_acoes_de_graca_ao_idoso-_arthur.pdf</t>
+  </si>
+  <si>
+    <t>Designação de um dia municipal de ações de graça pela vida do idoso.</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/508/construcao_de_academias_em_3_nucleos_-_iasmym.pdf</t>
+  </si>
+  <si>
+    <t>Construção de academias nos 03 núcleos da cidade.</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/509/centro_de_lazer_para_idosos-_luysa.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um centro de lazer para o idoso.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/510/palestras_e_oficinas_sobre_cuidados_ao_idosos_nas_escolas-_thaylla.pdf</t>
+  </si>
+  <si>
+    <t>Realização de oficinas e palestras nas escolas sobre os cuidados com o idoso.</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/511/casa_de_apoio-_anna_isa.pdf</t>
+  </si>
+  <si>
+    <t>Casa de Apoio para Idosos no município de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/512/criacao_dia_municipal_do_idoso-_esther_.pdf</t>
+  </si>
+  <si>
+    <t>Criação do Dia Municipal do Idoso no calendário oficial do município de Marabá.</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/513/melhoria_do_atendimento_de_saude_ao_idoso-_maria_sophia.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias no atendimento de saúde ao idoso na cidade de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>Criação de um museu com esculturas e artes históricas para valorização da memória dos idosos na cidade de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/515/espaco_de_acolhimento_comunitario_ao_idoso-_henrique.pdf</t>
+  </si>
+  <si>
+    <t>Implemetação de Espaço de Acolhimento ao  Idoso em Nossa Comunidade.</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/516/garantia_de_direitos_do_idoso-_malu.pdf</t>
+  </si>
+  <si>
+    <t>Implementação de Medidas de Garantia do Direito do Idoso.</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>Atendimento Domiciliar aos Idosos da nossa Comunidade.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/518/reducao_do_isolamento_do_idoso-_sarah_karoline.pdf</t>
+  </si>
+  <si>
+    <t>Redução do Isolamento e Cuidado com a Autoestima dos Idosos.</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/519/instalacao_de_uma_academia_ao_ar_livre-_carla_maynne.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar a instalação de uma Academia ao Ar Livre com acompanhamento de instrutores, destinada prioritariamente ao atendimento da população idosa.</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/520/casas_de_acolhimento_para_idosos_-_emanully.pdf</t>
+  </si>
+  <si>
+    <t>CASAS DE ACOLHIMENTO INSTITUCIONAL PARA IDOSOS.</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/521/passeios_coletivos_-_pedro.pdf</t>
+  </si>
+  <si>
+    <t>Passeios coletivos para pessoas idosas.</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/522/atendimento_em_domicilio_-_samella.pdf</t>
+  </si>
+  <si>
+    <t>Atendimento em domicílio multidisciplinar com psicólogo, nutricionista e fisioterapeuta para pessoas com mais de 65 anos.</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/523/inclusao_digital_de_idosos-_joao_miguel.pdf</t>
+  </si>
+  <si>
+    <t>“Netos e Avós Conectados” para inclusão digital de idosos.</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/524/garantia_de_direitos_do_idoso_na_comunidade-_lunna.pdf</t>
+  </si>
+  <si>
+    <t>Implementação de ações para garantir os direitos fundamentais dos idosos na comunidade.</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/525/programa_de_transporte_especial_para_idosos-_pedro.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um Programa de Transporte Especial para Idosos.</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/526/programa_de_convivencia_intergeracional-_victoria.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um Programa de Convivência Intergeracional.</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/527/construcao_de_espaco_de_convivencia-_ana_carolina_.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um espaço de convivência e saúde na Vila São José para os idosos.</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/528/criacao_do_dia_da_saude_do_idoso-_carlos_eduardo.pdf</t>
+  </si>
+  <si>
+    <t>Criação do Dia da Saúde do Idoso no município de Marabá-PA.</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>Criação de um espaço na Vila São José para a prática de atividades físicas para os idosos.</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/530/projeto_adote_um_vovo-_sophia_.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um Projeto governamental "Adote um vovô".</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/532/programa_de_integracao_e_apoio_ao_idoso-_sarah.pdf</t>
+  </si>
+  <si>
+    <t>Programa de Integração e Apoio ao Idoso.</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/533/casa_de_apoio_para_idosos-_vanderson.pdf</t>
+  </si>
+  <si>
+    <t>Casa de Apoio para Idosos no bairro Aeroporto.</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/534/clinica_especializada_para_pessoas_idosas-_marcos.pdf</t>
+  </si>
+  <si>
+    <t>Clínica Especializada para Pessoas Idosas no bairro Aeroporto.</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/535/implementacao_de_atividades_fisicas_gratuitas-_jonata.pdf</t>
+  </si>
+  <si>
+    <t>Implementação de atividades físicas gratuitas para idosos no bairro Aeroporto.</t>
+  </si>
+  <si>
     <t>400</t>
   </si>
   <si>
     <t>RC</t>
   </si>
   <si>
     <t>Relatório de Comissão</t>
   </si>
   <si>
     <t>CE - COMISSÃO DE EDUCAÇÃO - LUZIA NUNES</t>
   </si>
   <si>
     <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/400/relatorio_-_comissao_de_educacao.pdf</t>
   </si>
   <si>
     <t>Relatório da Comissão de Educação.</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>CDPCD - COMISSÃO DE DIREITO DA PESSOA COM DEFICIÊNCIA - BASÍLIO MIGUEL</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/415/relatorio_comissao_pcd.pdf</t>
+  </si>
+  <si>
+    <t>RELATÓRIO DA COMISSÃO DO DIREITO DAS PESSOAS COM DEFICIÊCIA.</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>CDM - COMISSÃO DOS DIREITOS DAS MULHERES - BOTINHO ENCANTADO</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/505/relatorio_da_comissao_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>RELATÓRIO DE AÇÃO DA COMISSÃO DE SAÚDE</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>CDM - COMISSÃO DE DIREITO DAS MULHERES - SÃO FRANCISCO</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/506/relatorio_comissao_de_direito_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>RELATÓRIO DE AÇÃO DA COMISSÃO DE DIREITOS DA MULHER</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>CDI - COMISSÃO DE DIREITO DO IDOSO - DORALICE ANDRADE</t>
+  </si>
+  <si>
+    <t>https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/531/relatorio_da_comissao_de_direito_do_idoso.pdf</t>
+  </si>
+  <si>
+    <t>RELATÓRIO DE AÇÕES DA COMISSÃO DE DIREITO DO IDOSO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1011,69 +2601,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/355/req_1_-_carla_maynne.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/356/req_2_-_emanuelly_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/357/req_3_-_pedro_nogueira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/359/req_5_-_carla_maynne.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/360/req_6_-_emanuelly_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/361/req_7_-_pedro_nogueira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/362/req_8_-_samella.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/363/req_9_-_thaylla_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/364/req_10_-_thaylla_.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/365/req_11_-_arthur_francis.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/366/req_12_-_arthur.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/367/req_13_-_iasmyn_raielly.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/369/req_15_-_luysa.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/370/req_16_-_luysa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/371/req_17_-_sarah_cristina.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/372/req_25_-_carlos_da_paz.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/373/req_26_-_carlos_da_paz.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/374/req_28_-_sophia_vera.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/375/req_29_-_sophia_vera.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/376/req_31_-_marine_laura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/377/req_32_-_marine_laura.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/379/req_34_-_maria_sophia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/380/req_35_-_esther_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/381/req_36_-_esther_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/382/req_37_-_herique_bismak.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/383/req_38_-_herique_bismak.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/384/req_39_-_malu_medeiros.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/385/req_40_-_malu_medeiros.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/386/req_41_-_millena_almeida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/387/req_42_-_millena_almeida.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/388/req_43_-_sarah_karoline.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/389/req_44_-_sarah_karoline.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/390/req_45_-_joao_miguel.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/391/req_46_-_lunna_costa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/392/req_47_-_pedro_caixeta.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/393/req_48_-_victoria_mariah.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/394/req_49_-_joao_miguel.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/395/req_50_-_lunna_costa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/396/req_51_-_pedro_caixeta.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/397/req_52_-_victoria_mariah.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/398/req_55_-_anna_isa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/399/req_56_-_anna_isa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/400/relatorio_-_comissao_de_educacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/355/req_1_-_carla_maynne.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/356/req_2_-_emanuelly_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/357/req_3_-_pedro_nogueira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/359/req_5_-_carla_maynne.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/360/req_6_-_emanuelly_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/361/req_7_-_pedro_nogueira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/362/req_8_-_samella.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/363/req_9_-_thaylla_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/364/req_10_-_thaylla_.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/365/req_11_-_arthur_francis.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/366/req_12_-_arthur.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/367/req_13_-_iasmyn_raielly.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/369/req_15_-_luysa.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/370/req_16_-_luysa.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/371/req_17_-_sarah_cristina.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/372/req_25_-_carlos_da_paz.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/373/req_26_-_carlos_da_paz.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/374/req_28_-_sophia_vera.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/375/req_29_-_sophia_vera.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/376/req_31_-_marine_laura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/377/req_32_-_marine_laura.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/379/req_34_-_maria_sophia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/380/req_35_-_esther_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/381/req_36_-_esther_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/382/req_37_-_herique_bismak.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/383/req_38_-_herique_bismak.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/384/req_39_-_malu_medeiros.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/385/req_40_-_malu_medeiros.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/386/req_41_-_millena_almeida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/387/req_42_-_millena_almeida.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/388/req_43_-_sarah_karoline.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/389/req_44_-_sarah_karoline.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/390/req_45_-_joao_miguel.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/391/req_46_-_lunna_costa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/392/req_47_-_pedro_caixeta.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/393/req_48_-_victoria_mariah.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/394/req_49_-_joao_miguel.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/395/req_50_-_lunna_costa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/396/req_51_-_pedro_caixeta.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/397/req_52_-_victoria_mariah.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/398/req_55_-_anna_isa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/399/req_56_-_anna_isa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/401/anna_isa_req_3.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/402/anna_isa_req_4.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/403/esther_rodrigues_req_3.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/404/esther_rodrigues_req_4.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/405/maria_sophia_req_3.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/406/maria_sophia_req_4.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/407/marine_laura_req_3.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/408/marine_laura_req_4.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/409/arthur_francis_req_3.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/410/arthur_francis_req_4.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/411/iasmym_req_3.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/412/iasmym_req_4.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/413/luysa_req_3.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/414/luysa_req_4.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/416/thaylla_req_3.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/417/thaylla_req_4.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/418/herique_bismak_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/419/herique_bismak_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/420/malu_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/421/malu_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/422/millena_de_almeida_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/423/millena_de_almeida_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/424/sarah_karoline_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/425/sarah_karoline_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/426/carla_maynne_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/427/emanuelly_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/428/pedro_leal_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/429/samella_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/430/carla_maynne_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/431/emanuelly_silva_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/432/pedro_leal_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/433/samella_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/434/joao_miguel_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/435/lunna_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/436/pedro_caixeta_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/438/joao_miguel_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/439/lunna_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/440/pedro_caixeta_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/450/ana_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/451/carlos_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/452/sophia_arrais_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/453/sophia_vera_-_req_3.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/454/arthur_requerimento_direito.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/455/arthur_requerimento_saude.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/456/palestras_nas_escolas_-_iasmym_raielly.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/457/oficina_sobre_higienizacao_-_iasmym_raielly.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/458/kit_portatil_-_luysa_vallentina.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/459/patestra_sobre_direito_da_mulher_-_luysa_vallentina.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/460/thailla_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/461/aumento_de_viaturas_-_anna_isa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/462/criacao_de_hospital_-_anna_isa.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/463/esther_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/464/esther_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/465/palestras_educativas_sobre_machismo_-_maria_sophia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/466/campanhas_educativas-_maria_sophia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/467/espaco_de_acolhimento_-_marine_laura.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/468/instalacao_de_upas_-_mariane_laura.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/469/herique_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/470/herique_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/471/modelo_de_requerimento_ii_milena_auto_cuidado.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/472/modelo_de_requerimento_milena_pronto.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/473/malu_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/474/malu_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/475/sarah_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/476/sarah_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/477/grupo_de_apoio_-_carla_maynne.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/478/patestras_-_carla_maynne.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/479/oficina-_emanuelly.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/480/espaco_acolhimento_-_emanuelly.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/481/pedro_leal_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/482/pedro_leal_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/483/samella_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/484/samella_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/485/joao_miguel_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/486/joao_miguel_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/487/lunna_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/488/lunna_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/489/pedro_caixeta_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/490/pedro_caixeta_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/491/victoria_mariah_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/492/victoria_mariah_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/493/roda_de_conversa_com_psicologas_-_sarah_.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/494/implantacao_de_upa_-_sarah_.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/495/cursos_de_autocuidado_-_vanderson.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/496/vanderson_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/497/marcos_-_req_5.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/498/marcos_-_req_6.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/501/ana_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/502/carlos_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/503/sophia_vera_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/504/sophia_arrais_-_req_4.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/507/dia_municipal_de_acoes_de_graca_ao_idoso-_arthur.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/508/construcao_de_academias_em_3_nucleos_-_iasmym.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/509/centro_de_lazer_para_idosos-_luysa.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/510/palestras_e_oficinas_sobre_cuidados_ao_idosos_nas_escolas-_thaylla.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/511/casa_de_apoio-_anna_isa.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/512/criacao_dia_municipal_do_idoso-_esther_.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/513/melhoria_do_atendimento_de_saude_ao_idoso-_maria_sophia.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/515/espaco_de_acolhimento_comunitario_ao_idoso-_henrique.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/516/garantia_de_direitos_do_idoso-_malu.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/518/reducao_do_isolamento_do_idoso-_sarah_karoline.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/519/instalacao_de_uma_academia_ao_ar_livre-_carla_maynne.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/520/casas_de_acolhimento_para_idosos_-_emanully.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/521/passeios_coletivos_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/522/atendimento_em_domicilio_-_samella.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/523/inclusao_digital_de_idosos-_joao_miguel.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/524/garantia_de_direitos_do_idoso_na_comunidade-_lunna.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/525/programa_de_transporte_especial_para_idosos-_pedro.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/526/programa_de_convivencia_intergeracional-_victoria.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/527/construcao_de_espaco_de_convivencia-_ana_carolina_.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/528/criacao_do_dia_da_saude_do_idoso-_carlos_eduardo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/530/projeto_adote_um_vovo-_sophia_.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/532/programa_de_integracao_e_apoio_ao_idoso-_sarah.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/533/casa_de_apoio_para_idosos-_vanderson.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/534/clinica_especializada_para_pessoas_idosas-_marcos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/535/implementacao_de_atividades_fisicas_gratuitas-_jonata.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/400/relatorio_-_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/415/relatorio_comissao_pcd.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/505/relatorio_da_comissao_de_saude.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/506/relatorio_comissao_de_direito_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://parlamentomirim.maraba.pa.leg.br/media/sapl/public/materialegislativa/2025/531/relatorio_da_comissao_de_direito_do_idoso.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H47"/>
+  <dimension ref="A1:H182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="40.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="117" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="70.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="147.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="194.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2236,116 +3826,3761 @@
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>205</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>210</v>
       </c>
       <c r="H46" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>212</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
+        <v>213</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>205</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H47" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>216</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>217</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>205</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H48" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>220</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>221</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>124</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H49" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>224</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>225</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>124</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H50" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>228</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>229</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>116</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H51" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>232</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>233</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>116</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H52" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>236</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>237</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>107</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H53" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>240</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>241</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>107</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H54" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>244</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>245</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>58</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H55" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>248</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>249</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>58</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H56" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>252</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>253</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>67</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H57" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>256</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>257</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>67</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H58" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>260</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>261</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>75</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H59" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>264</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>265</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>75</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H60" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>268</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>269</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>49</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H61" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>272</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>273</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>49</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H62" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>276</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>277</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>133</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H63" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>280</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>281</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>133</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H64" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>284</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>285</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>142</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H65" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>288</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>289</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>142</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H66" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>292</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>293</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>151</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H67" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>296</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>297</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>151</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H68" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>300</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>301</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>160</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H69" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>304</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>305</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>160</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H70" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>308</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>309</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="H71" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>312</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>313</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H72" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>316</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>317</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>23</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H73" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>320</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>321</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>28</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H74" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>324</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>325</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H75" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>328</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>329</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>18</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="H76" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>332</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>333</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>23</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H77" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>336</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>337</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>28</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H78" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>340</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>341</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
+        <v>169</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H79" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>344</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>345</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>174</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H80" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>348</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>349</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" t="s">
+        <v>179</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H81" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>352</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>353</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>184</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H82" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>355</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>356</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>169</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H83" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>359</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>360</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>174</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H84" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>363</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>364</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>179</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H85" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>367</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>368</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>184</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H86" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>370</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>371</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>84</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H87" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>373</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>374</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>375</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H88" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>377</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>378</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>379</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H89" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>381</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>382</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>383</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H90" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>385</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>386</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>84</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H91" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>388</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>389</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>375</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H92" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>391</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>392</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>379</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H93" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>394</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>395</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>383</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H94" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>397</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>398</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>399</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="H95" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>402</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>403</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>12</v>
+      </c>
+      <c r="F96" t="s">
+        <v>89</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H96" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>406</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>407</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>12</v>
+      </c>
+      <c r="F97" t="s">
+        <v>408</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H97" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>411</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>412</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>12</v>
+      </c>
+      <c r="F98" t="s">
+        <v>98</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H98" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>415</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>416</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
+        <v>58</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H99" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>419</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>420</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" t="s">
+        <v>58</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H100" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>423</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>424</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>12</v>
+      </c>
+      <c r="F101" t="s">
+        <v>67</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H101" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>427</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>428</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>12</v>
+      </c>
+      <c r="F102" t="s">
+        <v>67</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H102" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>431</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>432</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>12</v>
+      </c>
+      <c r="F103" t="s">
+        <v>75</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H103" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>435</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>436</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>12</v>
+      </c>
+      <c r="F104" t="s">
+        <v>75</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="H104" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>439</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>440</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>12</v>
+      </c>
+      <c r="F105" t="s">
+        <v>49</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H105" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>443</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>444</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>12</v>
+      </c>
+      <c r="F106" t="s">
+        <v>205</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H106" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>447</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>448</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>12</v>
+      </c>
+      <c r="F107" t="s">
+        <v>205</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H107" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>451</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>452</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>12</v>
+      </c>
+      <c r="F108" t="s">
+        <v>124</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H108" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>455</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>456</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" t="s">
+        <v>124</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H109" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>459</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>460</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>12</v>
+      </c>
+      <c r="F110" t="s">
+        <v>116</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H110" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>463</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>464</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>12</v>
+      </c>
+      <c r="F111" t="s">
+        <v>116</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H111" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>467</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>468</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" t="s">
+        <v>107</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H112" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>471</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>472</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>12</v>
+      </c>
+      <c r="F113" t="s">
+        <v>107</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="H113" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>475</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>476</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>12</v>
+      </c>
+      <c r="F114" t="s">
+        <v>133</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H114" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>479</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>480</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>12</v>
+      </c>
+      <c r="F115" t="s">
+        <v>133</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H115" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>483</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>484</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>12</v>
+      </c>
+      <c r="F116" t="s">
+        <v>151</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H116" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>487</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>488</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" t="s">
+        <v>151</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H117" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>491</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>492</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>12</v>
+      </c>
+      <c r="F118" t="s">
+        <v>142</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H118" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>495</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>496</v>
+      </c>
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>12</v>
+      </c>
+      <c r="F119" t="s">
+        <v>142</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H119" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>499</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>500</v>
+      </c>
+      <c r="D120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" t="s">
+        <v>12</v>
+      </c>
+      <c r="F120" t="s">
+        <v>160</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H120" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>503</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>504</v>
+      </c>
+      <c r="D121" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" t="s">
+        <v>12</v>
+      </c>
+      <c r="F121" t="s">
+        <v>160</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H121" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>507</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>508</v>
+      </c>
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>12</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H122" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>511</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>512</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>12</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H123" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>515</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>516</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>12</v>
+      </c>
+      <c r="F124" t="s">
+        <v>18</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H124" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>519</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>520</v>
+      </c>
+      <c r="D125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" t="s">
+        <v>12</v>
+      </c>
+      <c r="F125" t="s">
+        <v>18</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H125" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>523</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>524</v>
+      </c>
+      <c r="D126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="F126" t="s">
+        <v>23</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H126" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>527</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>528</v>
+      </c>
+      <c r="D127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>12</v>
+      </c>
+      <c r="F127" t="s">
+        <v>23</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H127" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>531</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>532</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>12</v>
+      </c>
+      <c r="F128" t="s">
+        <v>28</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H128" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>535</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>536</v>
+      </c>
+      <c r="D129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" t="s">
+        <v>12</v>
+      </c>
+      <c r="F129" t="s">
+        <v>28</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H129" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>539</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>540</v>
+      </c>
+      <c r="D130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" t="s">
+        <v>12</v>
+      </c>
+      <c r="F130" t="s">
+        <v>169</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H130" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>543</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>544</v>
+      </c>
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
+        <v>12</v>
+      </c>
+      <c r="F131" t="s">
+        <v>169</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H131" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>547</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>548</v>
+      </c>
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
+        <v>12</v>
+      </c>
+      <c r="F132" t="s">
+        <v>174</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H132" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>551</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>552</v>
+      </c>
+      <c r="D133" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" t="s">
+        <v>12</v>
+      </c>
+      <c r="F133" t="s">
+        <v>174</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H133" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>555</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>556</v>
+      </c>
+      <c r="D134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>12</v>
+      </c>
+      <c r="F134" t="s">
+        <v>179</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H134" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>559</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>560</v>
+      </c>
+      <c r="D135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
+        <v>12</v>
+      </c>
+      <c r="F135" t="s">
+        <v>179</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H135" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>563</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>564</v>
+      </c>
+      <c r="D136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" t="s">
+        <v>12</v>
+      </c>
+      <c r="F136" t="s">
+        <v>184</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H136" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>567</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>568</v>
+      </c>
+      <c r="D137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" t="s">
+        <v>12</v>
+      </c>
+      <c r="F137" t="s">
+        <v>184</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H137" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>571</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>572</v>
+      </c>
+      <c r="D138" t="s">
+        <v>11</v>
+      </c>
+      <c r="E138" t="s">
+        <v>12</v>
+      </c>
+      <c r="F138" t="s">
+        <v>84</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H138" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>575</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>576</v>
+      </c>
+      <c r="D139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" t="s">
+        <v>12</v>
+      </c>
+      <c r="F139" t="s">
+        <v>84</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H139" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>579</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>580</v>
+      </c>
+      <c r="D140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" t="s">
+        <v>12</v>
+      </c>
+      <c r="F140" t="s">
+        <v>375</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H140" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>583</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>584</v>
+      </c>
+      <c r="D141" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" t="s">
+        <v>12</v>
+      </c>
+      <c r="F141" t="s">
+        <v>375</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H141" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>587</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>588</v>
+      </c>
+      <c r="D142" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" t="s">
+        <v>12</v>
+      </c>
+      <c r="F142" t="s">
+        <v>379</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H142" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>591</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>592</v>
+      </c>
+      <c r="D143" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" t="s">
+        <v>12</v>
+      </c>
+      <c r="F143" t="s">
+        <v>379</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H143" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>595</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>596</v>
+      </c>
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" t="s">
+        <v>12</v>
+      </c>
+      <c r="F144" t="s">
+        <v>383</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H144" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>598</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>599</v>
+      </c>
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" t="s">
+        <v>12</v>
+      </c>
+      <c r="F145" t="s">
+        <v>383</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H145" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>601</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>602</v>
+      </c>
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" t="s">
+        <v>12</v>
+      </c>
+      <c r="F146" t="s">
+        <v>399</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H146" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>605</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>606</v>
+      </c>
+      <c r="D147" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" t="s">
+        <v>12</v>
+      </c>
+      <c r="F147" t="s">
+        <v>89</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H147" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>609</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>610</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>12</v>
+      </c>
+      <c r="F148" t="s">
+        <v>98</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H148" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>613</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>614</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>12</v>
+      </c>
+      <c r="F149" t="s">
+        <v>408</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H149" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>617</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>618</v>
+      </c>
+      <c r="D150" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" t="s">
+        <v>12</v>
+      </c>
+      <c r="F150" t="s">
+        <v>58</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H150" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>621</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>622</v>
+      </c>
+      <c r="D151" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" t="s">
+        <v>12</v>
+      </c>
+      <c r="F151" t="s">
+        <v>67</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H151" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>625</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>626</v>
+      </c>
+      <c r="D152" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" t="s">
+        <v>12</v>
+      </c>
+      <c r="F152" t="s">
+        <v>75</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H152" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>629</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>630</v>
+      </c>
+      <c r="D153" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" t="s">
+        <v>12</v>
+      </c>
+      <c r="F153" t="s">
+        <v>49</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H153" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>633</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>634</v>
+      </c>
+      <c r="D154" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" t="s">
+        <v>12</v>
+      </c>
+      <c r="F154" t="s">
+        <v>205</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H154" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>637</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>638</v>
+      </c>
+      <c r="D155" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" t="s">
+        <v>12</v>
+      </c>
+      <c r="F155" t="s">
+        <v>124</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H155" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>641</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>642</v>
+      </c>
+      <c r="D156" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" t="s">
+        <v>12</v>
+      </c>
+      <c r="F156" t="s">
+        <v>116</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="H156" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>645</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>646</v>
+      </c>
+      <c r="D157" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" t="s">
+        <v>12</v>
+      </c>
+      <c r="F157" t="s">
+        <v>107</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H157" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>648</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>649</v>
+      </c>
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>12</v>
+      </c>
+      <c r="F158" t="s">
+        <v>133</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H158" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>652</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>653</v>
+      </c>
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" t="s">
+        <v>12</v>
+      </c>
+      <c r="F159" t="s">
+        <v>142</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H159" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>656</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>657</v>
+      </c>
+      <c r="D160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>12</v>
+      </c>
+      <c r="F160" t="s">
+        <v>151</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H160" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>659</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>660</v>
+      </c>
+      <c r="D161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
+        <v>12</v>
+      </c>
+      <c r="F161" t="s">
+        <v>160</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H161" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>663</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>664</v>
+      </c>
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>12</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H162" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>667</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>668</v>
+      </c>
+      <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>12</v>
+      </c>
+      <c r="F163" t="s">
+        <v>18</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H163" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>671</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>672</v>
+      </c>
+      <c r="D164" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" t="s">
+        <v>12</v>
+      </c>
+      <c r="F164" t="s">
+        <v>23</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H164" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>675</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>676</v>
+      </c>
+      <c r="D165" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" t="s">
+        <v>12</v>
+      </c>
+      <c r="F165" t="s">
+        <v>28</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H165" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>679</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>680</v>
+      </c>
+      <c r="D166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" t="s">
+        <v>12</v>
+      </c>
+      <c r="F166" t="s">
+        <v>169</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H166" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>683</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>684</v>
+      </c>
+      <c r="D167" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" t="s">
+        <v>12</v>
+      </c>
+      <c r="F167" t="s">
+        <v>174</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H167" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>687</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>688</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
+        <v>12</v>
+      </c>
+      <c r="F168" t="s">
+        <v>179</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H168" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>691</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>692</v>
+      </c>
+      <c r="D169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" t="s">
+        <v>12</v>
+      </c>
+      <c r="F169" t="s">
+        <v>184</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H169" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>695</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>696</v>
+      </c>
+      <c r="D170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" t="s">
+        <v>12</v>
+      </c>
+      <c r="F170" t="s">
+        <v>399</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H170" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>699</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>700</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" t="s">
+        <v>12</v>
+      </c>
+      <c r="F171" t="s">
+        <v>89</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H171" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>703</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>704</v>
+      </c>
+      <c r="D172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" t="s">
+        <v>12</v>
+      </c>
+      <c r="F172" t="s">
+        <v>98</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H172" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>706</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>707</v>
+      </c>
+      <c r="D173" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" t="s">
+        <v>12</v>
+      </c>
+      <c r="F173" t="s">
+        <v>408</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="H173" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>710</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>711</v>
+      </c>
+      <c r="D174" t="s">
+        <v>11</v>
+      </c>
+      <c r="E174" t="s">
+        <v>12</v>
+      </c>
+      <c r="F174" t="s">
+        <v>84</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H174" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>714</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>715</v>
+      </c>
+      <c r="D175" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" t="s">
+        <v>12</v>
+      </c>
+      <c r="F175" t="s">
+        <v>375</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H175" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>718</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>719</v>
+      </c>
+      <c r="D176" t="s">
+        <v>11</v>
+      </c>
+      <c r="E176" t="s">
+        <v>12</v>
+      </c>
+      <c r="F176" t="s">
+        <v>379</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="H176" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>722</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>723</v>
+      </c>
+      <c r="D177" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" t="s">
+        <v>12</v>
+      </c>
+      <c r="F177" t="s">
+        <v>383</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H177" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>726</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
         <v>10</v>
       </c>
-      <c r="D47" t="s">
-[...12 lines deleted...]
-        <v>217</v>
+      <c r="D178" t="s">
+        <v>727</v>
+      </c>
+      <c r="E178" t="s">
+        <v>728</v>
+      </c>
+      <c r="F178" t="s">
+        <v>729</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H178" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>732</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>17</v>
+      </c>
+      <c r="D179" t="s">
+        <v>727</v>
+      </c>
+      <c r="E179" t="s">
+        <v>728</v>
+      </c>
+      <c r="F179" t="s">
+        <v>733</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H179" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>736</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>22</v>
+      </c>
+      <c r="D180" t="s">
+        <v>727</v>
+      </c>
+      <c r="E180" t="s">
+        <v>728</v>
+      </c>
+      <c r="F180" t="s">
+        <v>737</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="H180" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>740</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>27</v>
+      </c>
+      <c r="D181" t="s">
+        <v>727</v>
+      </c>
+      <c r="E181" t="s">
+        <v>728</v>
+      </c>
+      <c r="F181" t="s">
+        <v>741</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="H181" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>744</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>32</v>
+      </c>
+      <c r="D182" t="s">
+        <v>727</v>
+      </c>
+      <c r="E182" t="s">
+        <v>728</v>
+      </c>
+      <c r="F182" t="s">
+        <v>745</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H182" t="s">
+        <v>747</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>